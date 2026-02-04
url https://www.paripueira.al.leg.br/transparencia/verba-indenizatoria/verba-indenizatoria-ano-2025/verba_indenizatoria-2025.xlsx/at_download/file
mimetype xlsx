--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -22,151 +22,151 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\User\htdocs\cmParipueira\verba_indenizatoria\verba_indenizatoria-2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7752"/>
   </bookViews>
   <sheets>
     <sheet name="Verba Indenizatoria-2023" sheetId="44" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="M94" i="44" l="1"/>
+  <c r="L94" i="44"/>
+  <c r="M84" i="44"/>
+  <c r="L84" i="44"/>
+  <c r="M74" i="44"/>
+  <c r="L74" i="44"/>
+  <c r="M64" i="44"/>
+  <c r="L64" i="44"/>
+  <c r="M54" i="44"/>
+  <c r="L54" i="44"/>
+  <c r="M44" i="44"/>
+  <c r="L44" i="44"/>
+  <c r="M34" i="44"/>
+  <c r="L34" i="44"/>
+  <c r="M24" i="44"/>
+  <c r="L24" i="44"/>
+  <c r="M14" i="44"/>
+  <c r="L14" i="44"/>
+  <c r="K94" i="44" l="1"/>
+  <c r="K84" i="44"/>
+  <c r="K74" i="44"/>
+  <c r="K64" i="44"/>
+  <c r="K54" i="44"/>
+  <c r="K44" i="44"/>
+  <c r="K34" i="44"/>
+  <c r="K24" i="44"/>
   <c r="J94" i="44" l="1"/>
   <c r="I94" i="44"/>
   <c r="H94" i="44"/>
   <c r="G94" i="44"/>
   <c r="F94" i="44"/>
   <c r="E94" i="44"/>
   <c r="J84" i="44"/>
   <c r="I84" i="44"/>
   <c r="H84" i="44"/>
   <c r="G84" i="44"/>
   <c r="F84" i="44"/>
   <c r="E84" i="44"/>
   <c r="J74" i="44"/>
   <c r="I74" i="44"/>
   <c r="H74" i="44"/>
   <c r="G74" i="44"/>
   <c r="F74" i="44"/>
   <c r="E74" i="44"/>
   <c r="J64" i="44"/>
   <c r="I64" i="44"/>
   <c r="H64" i="44"/>
   <c r="G64" i="44"/>
   <c r="F64" i="44"/>
   <c r="E64" i="44"/>
   <c r="J54" i="44"/>
   <c r="I54" i="44"/>
   <c r="H54" i="44"/>
   <c r="G54" i="44"/>
   <c r="F54" i="44"/>
   <c r="E54" i="44"/>
   <c r="J44" i="44"/>
   <c r="I44" i="44"/>
   <c r="H44" i="44"/>
   <c r="G44" i="44"/>
   <c r="F44" i="44"/>
   <c r="E44" i="44"/>
   <c r="J34" i="44"/>
   <c r="I34" i="44"/>
   <c r="H34" i="44"/>
   <c r="G34" i="44"/>
   <c r="F34" i="44"/>
   <c r="E34" i="44"/>
   <c r="J24" i="44"/>
   <c r="I24" i="44"/>
   <c r="H24" i="44"/>
   <c r="G24" i="44"/>
   <c r="F24" i="44"/>
   <c r="E24" i="44"/>
-  <c r="M94" i="44" l="1"/>
-[...2 lines deleted...]
-  <c r="D94" i="44"/>
+  <c r="D94" i="44" l="1"/>
   <c r="C94" i="44"/>
   <c r="B94" i="44"/>
-  <c r="M84" i="44"/>
-[...1 lines deleted...]
-  <c r="K84" i="44"/>
   <c r="D84" i="44"/>
   <c r="C84" i="44"/>
   <c r="B84" i="44"/>
-  <c r="M74" i="44"/>
-[...1 lines deleted...]
-  <c r="K74" i="44"/>
   <c r="D74" i="44"/>
   <c r="C74" i="44"/>
   <c r="B74" i="44"/>
-  <c r="M64" i="44"/>
-[...1 lines deleted...]
-  <c r="K64" i="44"/>
   <c r="D64" i="44"/>
   <c r="C64" i="44"/>
   <c r="B64" i="44"/>
-  <c r="M54" i="44"/>
-[...1 lines deleted...]
-  <c r="K54" i="44"/>
   <c r="D54" i="44"/>
   <c r="C54" i="44"/>
   <c r="B54" i="44"/>
-  <c r="M44" i="44"/>
-[...1 lines deleted...]
-  <c r="K44" i="44"/>
   <c r="D44" i="44"/>
   <c r="C44" i="44"/>
   <c r="B44" i="44"/>
-  <c r="M34" i="44"/>
-[...1 lines deleted...]
-  <c r="K34" i="44"/>
   <c r="D34" i="44"/>
   <c r="C34" i="44"/>
   <c r="B34" i="44"/>
   <c r="D24" i="44"/>
   <c r="C24" i="44"/>
   <c r="B24" i="44"/>
   <c r="D14" i="44"/>
   <c r="C14" i="44"/>
   <c r="B14" i="44"/>
-  <c r="M24" i="44"/>
-[...3 lines deleted...]
-  <c r="L14" i="44"/>
   <c r="K14" i="44"/>
   <c r="J14" i="44"/>
   <c r="I14" i="44"/>
   <c r="H14" i="44"/>
   <c r="G14" i="44"/>
   <c r="F14" i="44"/>
   <c r="E14" i="44"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Pc</author>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
@@ -937,51 +937,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:M96"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A79" workbookViewId="0">
-      <selection activeCell="F99" sqref="F99"/>
+      <selection activeCell="O91" sqref="O91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.109375" style="22" customWidth="1"/>
     <col min="2" max="12" width="8.33203125" style="2" customWidth="1"/>
     <col min="13" max="13" width="8.33203125" style="31" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="34"/>
       <c r="B1" s="34"/>
       <c r="C1" s="34"/>
       <c r="D1" s="34"/>
       <c r="E1" s="34"/>
       <c r="F1" s="34"/>
       <c r="G1" s="34"/>
       <c r="H1" s="34"/>
       <c r="I1" s="34"/>
       <c r="J1" s="34"/>
       <c r="K1" s="34"/>
       <c r="L1" s="34"/>
       <c r="M1" s="34"/>
     </row>
     <row r="2" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
@@ -1248,141 +1248,153 @@
       </c>
       <c r="C13" s="9">
         <v>1900</v>
       </c>
       <c r="D13" s="9">
         <v>1900</v>
       </c>
       <c r="E13" s="9">
         <v>8000</v>
       </c>
       <c r="F13" s="9">
         <v>8000</v>
       </c>
       <c r="G13" s="9">
         <v>8000</v>
       </c>
       <c r="H13" s="9">
         <v>8000</v>
       </c>
       <c r="I13" s="9">
         <v>8000</v>
       </c>
       <c r="J13" s="9">
         <v>8000</v>
       </c>
-      <c r="K13" s="9"/>
-[...1 lines deleted...]
-      <c r="M13" s="9"/>
+      <c r="K13" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L13" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M13" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="14" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="23">
         <f>SUM(B9:B13)</f>
         <v>3500</v>
       </c>
       <c r="C14" s="23">
         <f t="shared" ref="C14:D14" si="0">SUM(C9:C13)</f>
         <v>3500</v>
       </c>
       <c r="D14" s="23">
         <f t="shared" si="0"/>
         <v>3500</v>
       </c>
       <c r="E14" s="23">
         <f t="shared" ref="E14:M14" si="1">SUM(E11:E13)</f>
         <v>8000</v>
       </c>
       <c r="F14" s="23">
         <f t="shared" si="1"/>
         <v>8000</v>
       </c>
       <c r="G14" s="23">
         <f t="shared" si="1"/>
         <v>8000</v>
       </c>
       <c r="H14" s="23">
         <f t="shared" si="1"/>
         <v>8000</v>
       </c>
       <c r="I14" s="23">
         <f t="shared" si="1"/>
         <v>8000</v>
       </c>
       <c r="J14" s="23">
         <f t="shared" si="1"/>
         <v>8000</v>
       </c>
       <c r="K14" s="23">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>8000</v>
       </c>
       <c r="L14" s="23">
-        <f t="shared" si="1"/>
-        <v>0</v>
+        <f t="shared" ref="L14:M14" si="2">SUM(L11:L13)</f>
+        <v>8000</v>
       </c>
       <c r="M14" s="23">
-        <f t="shared" si="1"/>
-        <v>0</v>
+        <f t="shared" si="2"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="15" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="4">
         <v>3500</v>
       </c>
       <c r="C15" s="4">
         <v>3500</v>
       </c>
       <c r="D15" s="4">
         <v>3500</v>
       </c>
       <c r="E15" s="4">
         <v>8000</v>
       </c>
       <c r="F15" s="4">
         <v>8000</v>
       </c>
       <c r="G15" s="4">
         <v>8000</v>
       </c>
       <c r="H15" s="4">
         <v>8000</v>
       </c>
       <c r="I15" s="4">
         <v>8000</v>
       </c>
       <c r="J15" s="4">
         <v>8000</v>
       </c>
-      <c r="K15" s="4"/>
-[...1 lines deleted...]
-      <c r="M15" s="4"/>
+      <c r="K15" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L15" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M15" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="16" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G16" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H16" s="33" t="s">
         <v>21</v>
@@ -1560,141 +1572,153 @@
       </c>
       <c r="C23" s="9">
         <v>1900</v>
       </c>
       <c r="D23" s="9">
         <v>1900</v>
       </c>
       <c r="E23" s="9">
         <v>8000</v>
       </c>
       <c r="F23" s="9">
         <v>8000</v>
       </c>
       <c r="G23" s="9">
         <v>8000</v>
       </c>
       <c r="H23" s="9">
         <v>8000</v>
       </c>
       <c r="I23" s="9">
         <v>8000</v>
       </c>
       <c r="J23" s="9">
         <v>8000</v>
       </c>
-      <c r="K23" s="9"/>
-[...1 lines deleted...]
-      <c r="M23" s="9"/>
+      <c r="K23" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L23" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M23" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="24" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="23">
-        <f t="shared" ref="B24:D24" si="2">SUM(B19:B23)</f>
+        <f t="shared" ref="B24:D24" si="3">SUM(B19:B23)</f>
         <v>3557</v>
       </c>
       <c r="C24" s="23">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>3583</v>
       </c>
       <c r="D24" s="23">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>3500</v>
       </c>
       <c r="E24" s="23">
-        <f t="shared" ref="E24:J24" si="3">SUM(E21:E23)</f>
+        <f t="shared" ref="E24:M24" si="4">SUM(E21:E23)</f>
         <v>8000</v>
       </c>
       <c r="F24" s="23">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>8000</v>
       </c>
       <c r="G24" s="23">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>8000</v>
       </c>
       <c r="H24" s="23">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>8000</v>
       </c>
       <c r="I24" s="23">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>8000</v>
       </c>
       <c r="J24" s="23">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>8000</v>
       </c>
       <c r="K24" s="23">
-        <f t="shared" ref="E24:M24" si="4">SUM(K22:K23)</f>
-        <v>0</v>
+        <f t="shared" si="4"/>
+        <v>8000</v>
       </c>
       <c r="L24" s="23">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>8000</v>
       </c>
       <c r="M24" s="23">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="4">
         <v>3500</v>
       </c>
       <c r="C25" s="4">
         <v>3500</v>
       </c>
       <c r="D25" s="4">
         <v>3500</v>
       </c>
       <c r="E25" s="4">
         <v>8000</v>
       </c>
       <c r="F25" s="4">
         <v>8000</v>
       </c>
       <c r="G25" s="4">
         <v>8000</v>
       </c>
       <c r="H25" s="4">
         <v>8000</v>
       </c>
       <c r="I25" s="4">
         <v>8000</v>
       </c>
       <c r="J25" s="4">
         <v>8000</v>
       </c>
-      <c r="K25" s="4"/>
-[...1 lines deleted...]
-      <c r="M25" s="4"/>
+      <c r="K25" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L25" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M25" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="26" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="33" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G26" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="33" t="s">
         <v>21</v>
@@ -1872,141 +1896,153 @@
       </c>
       <c r="C33" s="9">
         <v>1900</v>
       </c>
       <c r="D33" s="9">
         <v>1900</v>
       </c>
       <c r="E33" s="9">
         <v>8000</v>
       </c>
       <c r="F33" s="9">
         <v>8000</v>
       </c>
       <c r="G33" s="9">
         <v>8000</v>
       </c>
       <c r="H33" s="9">
         <v>8000</v>
       </c>
       <c r="I33" s="9">
         <v>8000</v>
       </c>
       <c r="J33" s="9">
         <v>8000</v>
       </c>
-      <c r="K33" s="9"/>
-[...1 lines deleted...]
-      <c r="M33" s="9"/>
+      <c r="K33" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L33" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M33" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="34" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="23">
         <f t="shared" ref="B34" si="5">SUM(B29:B33)</f>
         <v>3500</v>
       </c>
       <c r="C34" s="23">
         <f t="shared" ref="C34" si="6">SUM(C29:C33)</f>
         <v>3500</v>
       </c>
       <c r="D34" s="23">
         <f t="shared" ref="D34" si="7">SUM(D29:D33)</f>
         <v>3500</v>
       </c>
       <c r="E34" s="23">
-        <f t="shared" ref="E34:J34" si="8">SUM(E31:E33)</f>
+        <f t="shared" ref="E34:M34" si="8">SUM(E31:E33)</f>
         <v>8000</v>
       </c>
       <c r="F34" s="23">
         <f t="shared" si="8"/>
         <v>8000</v>
       </c>
       <c r="G34" s="23">
         <f t="shared" si="8"/>
         <v>8000</v>
       </c>
       <c r="H34" s="23">
         <f t="shared" si="8"/>
         <v>8000</v>
       </c>
       <c r="I34" s="23">
         <f t="shared" si="8"/>
         <v>8000</v>
       </c>
       <c r="J34" s="23">
         <f t="shared" si="8"/>
         <v>8000</v>
       </c>
       <c r="K34" s="23">
-        <f t="shared" ref="E34:M34" si="9">SUM(K32:K33)</f>
-        <v>0</v>
+        <f t="shared" si="8"/>
+        <v>8000</v>
       </c>
       <c r="L34" s="23">
-        <f t="shared" si="9"/>
-        <v>0</v>
+        <f t="shared" si="8"/>
+        <v>8000</v>
       </c>
       <c r="M34" s="23">
-        <f t="shared" si="9"/>
-        <v>0</v>
+        <f t="shared" si="8"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="35" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B35" s="4">
         <v>3500</v>
       </c>
       <c r="C35" s="4">
         <v>3500</v>
       </c>
       <c r="D35" s="4">
         <v>3500</v>
       </c>
       <c r="E35" s="4">
         <v>8000</v>
       </c>
       <c r="F35" s="4">
         <v>8000</v>
       </c>
       <c r="G35" s="4">
         <v>8000</v>
       </c>
       <c r="H35" s="4">
         <v>8000</v>
       </c>
       <c r="I35" s="4">
         <v>8000</v>
       </c>
       <c r="J35" s="4">
         <v>8000</v>
       </c>
-      <c r="K35" s="4"/>
-[...1 lines deleted...]
-      <c r="M35" s="4"/>
+      <c r="K35" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L35" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M35" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="36" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G36" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="33" t="s">
         <v>21</v>
@@ -2184,141 +2220,153 @@
       </c>
       <c r="C43" s="9">
         <v>1900</v>
       </c>
       <c r="D43" s="9">
         <v>1900</v>
       </c>
       <c r="E43" s="9">
         <v>8000</v>
       </c>
       <c r="F43" s="9">
         <v>8000</v>
       </c>
       <c r="G43" s="9">
         <v>8000</v>
       </c>
       <c r="H43" s="9">
         <v>8000</v>
       </c>
       <c r="I43" s="9">
         <v>8000</v>
       </c>
       <c r="J43" s="9">
         <v>8000</v>
       </c>
-      <c r="K43" s="9"/>
-[...1 lines deleted...]
-      <c r="M43" s="9"/>
+      <c r="K43" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L43" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M43" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="44" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B44" s="23">
-        <f t="shared" ref="B44" si="10">SUM(B39:B43)</f>
+        <f t="shared" ref="B44" si="9">SUM(B39:B43)</f>
         <v>3555</v>
       </c>
       <c r="C44" s="23">
-        <f t="shared" ref="C44" si="11">SUM(C39:C43)</f>
+        <f t="shared" ref="C44" si="10">SUM(C39:C43)</f>
         <v>3579</v>
       </c>
       <c r="D44" s="23">
-        <f t="shared" ref="D44" si="12">SUM(D39:D43)</f>
+        <f t="shared" ref="D44" si="11">SUM(D39:D43)</f>
         <v>3500</v>
       </c>
       <c r="E44" s="23">
-        <f t="shared" ref="E44:J44" si="13">SUM(E41:E43)</f>
+        <f t="shared" ref="E44:M44" si="12">SUM(E41:E43)</f>
         <v>8000</v>
       </c>
       <c r="F44" s="23">
-        <f t="shared" si="13"/>
+        <f t="shared" si="12"/>
         <v>8000</v>
       </c>
       <c r="G44" s="23">
-        <f t="shared" si="13"/>
+        <f t="shared" si="12"/>
         <v>8000</v>
       </c>
       <c r="H44" s="23">
-        <f t="shared" si="13"/>
+        <f t="shared" si="12"/>
         <v>8000</v>
       </c>
       <c r="I44" s="23">
-        <f t="shared" si="13"/>
+        <f t="shared" si="12"/>
         <v>8000</v>
       </c>
       <c r="J44" s="23">
-        <f t="shared" si="13"/>
+        <f t="shared" si="12"/>
         <v>8000</v>
       </c>
       <c r="K44" s="23">
-        <f t="shared" ref="E44:M44" si="14">SUM(K42:K43)</f>
-        <v>0</v>
+        <f t="shared" si="12"/>
+        <v>8000</v>
       </c>
       <c r="L44" s="23">
-        <f t="shared" si="14"/>
-        <v>0</v>
+        <f t="shared" si="12"/>
+        <v>8000</v>
       </c>
       <c r="M44" s="23">
-        <f t="shared" si="14"/>
-        <v>0</v>
+        <f t="shared" si="12"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="45" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B45" s="4">
         <v>3500</v>
       </c>
       <c r="C45" s="4">
         <v>3500</v>
       </c>
       <c r="D45" s="4">
         <v>3500</v>
       </c>
       <c r="E45" s="4">
         <v>8000</v>
       </c>
       <c r="F45" s="4">
         <v>8000</v>
       </c>
       <c r="G45" s="4">
         <v>8000</v>
       </c>
       <c r="H45" s="4">
         <v>8000</v>
       </c>
       <c r="I45" s="4">
         <v>8000</v>
       </c>
       <c r="J45" s="4">
         <v>8000</v>
       </c>
-      <c r="K45" s="4"/>
-[...1 lines deleted...]
-      <c r="M45" s="4"/>
+      <c r="K45" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L45" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M45" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="46" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B46" s="33" t="s">
         <v>37</v>
       </c>
       <c r="C46" s="33" t="s">
         <v>38</v>
       </c>
       <c r="D46" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G46" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="33" t="s">
         <v>21</v>
@@ -2496,141 +2544,153 @@
       </c>
       <c r="C53" s="9">
         <v>1900</v>
       </c>
       <c r="D53" s="9">
         <v>1900</v>
       </c>
       <c r="E53" s="9">
         <v>8000</v>
       </c>
       <c r="F53" s="9">
         <v>8000</v>
       </c>
       <c r="G53" s="9">
         <v>8000</v>
       </c>
       <c r="H53" s="9">
         <v>8000</v>
       </c>
       <c r="I53" s="9">
         <v>8000</v>
       </c>
       <c r="J53" s="9">
         <v>8000</v>
       </c>
-      <c r="K53" s="9"/>
-[...1 lines deleted...]
-      <c r="M53" s="9"/>
+      <c r="K53" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L53" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M53" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="54" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B54" s="23">
-        <f t="shared" ref="B54" si="15">SUM(B49:B53)</f>
+        <f t="shared" ref="B54" si="13">SUM(B49:B53)</f>
         <v>3500</v>
       </c>
       <c r="C54" s="23">
-        <f t="shared" ref="C54" si="16">SUM(C49:C53)</f>
+        <f t="shared" ref="C54" si="14">SUM(C49:C53)</f>
         <v>3500</v>
       </c>
       <c r="D54" s="23">
-        <f t="shared" ref="D54" si="17">SUM(D49:D53)</f>
+        <f t="shared" ref="D54" si="15">SUM(D49:D53)</f>
         <v>3500</v>
       </c>
       <c r="E54" s="23">
-        <f t="shared" ref="E54:J54" si="18">SUM(E51:E53)</f>
+        <f t="shared" ref="E54:M54" si="16">SUM(E51:E53)</f>
         <v>8000</v>
       </c>
       <c r="F54" s="23">
-        <f t="shared" si="18"/>
+        <f t="shared" si="16"/>
         <v>8000</v>
       </c>
       <c r="G54" s="23">
-        <f t="shared" si="18"/>
+        <f t="shared" si="16"/>
         <v>8000</v>
       </c>
       <c r="H54" s="23">
-        <f t="shared" si="18"/>
+        <f t="shared" si="16"/>
         <v>8000</v>
       </c>
       <c r="I54" s="23">
-        <f t="shared" si="18"/>
+        <f t="shared" si="16"/>
         <v>8000</v>
       </c>
       <c r="J54" s="23">
-        <f t="shared" si="18"/>
+        <f t="shared" si="16"/>
         <v>8000</v>
       </c>
       <c r="K54" s="23">
-        <f t="shared" ref="E54:M54" si="19">SUM(K52:K53)</f>
-        <v>0</v>
+        <f t="shared" si="16"/>
+        <v>8000</v>
       </c>
       <c r="L54" s="23">
-        <f t="shared" si="19"/>
-        <v>0</v>
+        <f t="shared" si="16"/>
+        <v>8000</v>
       </c>
       <c r="M54" s="23">
-        <f t="shared" si="19"/>
-        <v>0</v>
+        <f t="shared" si="16"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="55" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B55" s="4">
         <v>3500</v>
       </c>
       <c r="C55" s="4">
         <v>3500</v>
       </c>
       <c r="D55" s="4">
         <v>3500</v>
       </c>
       <c r="E55" s="4">
         <v>8000</v>
       </c>
       <c r="F55" s="4">
         <v>8000</v>
       </c>
       <c r="G55" s="4">
         <v>8000</v>
       </c>
       <c r="H55" s="4">
         <v>8000</v>
       </c>
       <c r="I55" s="4">
         <v>8000</v>
       </c>
       <c r="J55" s="4">
         <v>8000</v>
       </c>
-      <c r="K55" s="4"/>
-[...1 lines deleted...]
-      <c r="M55" s="4"/>
+      <c r="K55" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L55" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M55" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="56" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="C56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G56" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H56" s="33" t="s">
         <v>21</v>
@@ -2808,141 +2868,153 @@
       </c>
       <c r="C63" s="9">
         <v>1900</v>
       </c>
       <c r="D63" s="9">
         <v>1900</v>
       </c>
       <c r="E63" s="9">
         <v>8000</v>
       </c>
       <c r="F63" s="9">
         <v>8000</v>
       </c>
       <c r="G63" s="9">
         <v>8000</v>
       </c>
       <c r="H63" s="9">
         <v>8000</v>
       </c>
       <c r="I63" s="9">
         <v>8000</v>
       </c>
       <c r="J63" s="9">
         <v>8000</v>
       </c>
-      <c r="K63" s="9"/>
-[...1 lines deleted...]
-      <c r="M63" s="9"/>
+      <c r="K63" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L63" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M63" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="64" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B64" s="23">
-        <f t="shared" ref="B64" si="20">SUM(B59:B63)</f>
+        <f t="shared" ref="B64" si="17">SUM(B59:B63)</f>
         <v>3500</v>
       </c>
       <c r="C64" s="23">
-        <f t="shared" ref="C64" si="21">SUM(C59:C63)</f>
+        <f t="shared" ref="C64" si="18">SUM(C59:C63)</f>
         <v>3500</v>
       </c>
       <c r="D64" s="23">
-        <f t="shared" ref="D64" si="22">SUM(D59:D63)</f>
+        <f t="shared" ref="D64" si="19">SUM(D59:D63)</f>
         <v>3500</v>
       </c>
       <c r="E64" s="23">
-        <f t="shared" ref="E64:J64" si="23">SUM(E61:E63)</f>
+        <f t="shared" ref="E64:M64" si="20">SUM(E61:E63)</f>
         <v>8000</v>
       </c>
       <c r="F64" s="23">
-        <f t="shared" si="23"/>
+        <f t="shared" si="20"/>
         <v>8000</v>
       </c>
       <c r="G64" s="23">
-        <f t="shared" si="23"/>
+        <f t="shared" si="20"/>
         <v>8000</v>
       </c>
       <c r="H64" s="23">
-        <f t="shared" si="23"/>
+        <f t="shared" si="20"/>
         <v>8000</v>
       </c>
       <c r="I64" s="23">
-        <f t="shared" si="23"/>
+        <f t="shared" si="20"/>
         <v>8000</v>
       </c>
       <c r="J64" s="23">
-        <f t="shared" si="23"/>
+        <f t="shared" si="20"/>
         <v>8000</v>
       </c>
       <c r="K64" s="23">
-        <f t="shared" ref="E64:M64" si="24">SUM(K62:K63)</f>
-        <v>0</v>
+        <f t="shared" si="20"/>
+        <v>8000</v>
       </c>
       <c r="L64" s="23">
-        <f t="shared" si="24"/>
-        <v>0</v>
+        <f t="shared" si="20"/>
+        <v>8000</v>
       </c>
       <c r="M64" s="23">
-        <f t="shared" si="24"/>
-        <v>0</v>
+        <f t="shared" si="20"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="65" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B65" s="4">
         <v>3500</v>
       </c>
       <c r="C65" s="4">
         <v>3500</v>
       </c>
       <c r="D65" s="4">
         <v>3500</v>
       </c>
       <c r="E65" s="4">
         <v>8000</v>
       </c>
       <c r="F65" s="4">
         <v>8000</v>
       </c>
       <c r="G65" s="4">
         <v>8000</v>
       </c>
       <c r="H65" s="4">
         <v>8000</v>
       </c>
       <c r="I65" s="4">
         <v>8000</v>
       </c>
       <c r="J65" s="4">
         <v>8000</v>
       </c>
-      <c r="K65" s="4"/>
-[...1 lines deleted...]
-      <c r="M65" s="4"/>
+      <c r="K65" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L65" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M65" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="66" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="C66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="D66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G66" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H66" s="33" t="s">
         <v>21</v>
@@ -3120,141 +3192,153 @@
       </c>
       <c r="C73" s="9">
         <v>1900</v>
       </c>
       <c r="D73" s="9">
         <v>1900</v>
       </c>
       <c r="E73" s="9">
         <v>8000</v>
       </c>
       <c r="F73" s="9">
         <v>8000</v>
       </c>
       <c r="G73" s="9">
         <v>8000</v>
       </c>
       <c r="H73" s="9">
         <v>8000</v>
       </c>
       <c r="I73" s="9">
         <v>8000</v>
       </c>
       <c r="J73" s="9">
         <v>8000</v>
       </c>
-      <c r="K73" s="9"/>
-[...1 lines deleted...]
-      <c r="M73" s="9"/>
+      <c r="K73" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L73" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M73" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="74" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B74" s="23">
-        <f t="shared" ref="B74" si="25">SUM(B69:B73)</f>
+        <f t="shared" ref="B74" si="21">SUM(B69:B73)</f>
         <v>3567</v>
       </c>
       <c r="C74" s="23">
-        <f t="shared" ref="C74" si="26">SUM(C69:C73)</f>
+        <f t="shared" ref="C74" si="22">SUM(C69:C73)</f>
         <v>3577</v>
       </c>
       <c r="D74" s="23">
-        <f t="shared" ref="D74" si="27">SUM(D69:D73)</f>
+        <f t="shared" ref="D74" si="23">SUM(D69:D73)</f>
         <v>3500</v>
       </c>
       <c r="E74" s="23">
-        <f t="shared" ref="E74:J74" si="28">SUM(E71:E73)</f>
+        <f t="shared" ref="E74:M74" si="24">SUM(E71:E73)</f>
         <v>8000</v>
       </c>
       <c r="F74" s="23">
-        <f t="shared" si="28"/>
+        <f t="shared" si="24"/>
         <v>8000</v>
       </c>
       <c r="G74" s="23">
-        <f t="shared" si="28"/>
+        <f t="shared" si="24"/>
         <v>8000</v>
       </c>
       <c r="H74" s="23">
-        <f t="shared" si="28"/>
+        <f t="shared" si="24"/>
         <v>8000</v>
       </c>
       <c r="I74" s="23">
-        <f t="shared" si="28"/>
+        <f t="shared" si="24"/>
         <v>8000</v>
       </c>
       <c r="J74" s="23">
-        <f t="shared" si="28"/>
+        <f t="shared" si="24"/>
         <v>8000</v>
       </c>
       <c r="K74" s="23">
-        <f t="shared" ref="E74:M74" si="29">SUM(K72:K73)</f>
-        <v>0</v>
+        <f t="shared" si="24"/>
+        <v>8000</v>
       </c>
       <c r="L74" s="23">
-        <f t="shared" si="29"/>
-        <v>0</v>
+        <f t="shared" si="24"/>
+        <v>8000</v>
       </c>
       <c r="M74" s="23">
-        <f t="shared" si="29"/>
-        <v>0</v>
+        <f t="shared" si="24"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="75" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B75" s="4">
         <v>3500</v>
       </c>
       <c r="C75" s="4">
         <v>3500</v>
       </c>
       <c r="D75" s="4">
         <v>3500</v>
       </c>
       <c r="E75" s="4">
         <v>8000</v>
       </c>
       <c r="F75" s="4">
         <v>8000</v>
       </c>
       <c r="G75" s="4">
         <v>8000</v>
       </c>
       <c r="H75" s="4">
         <v>8000</v>
       </c>
       <c r="I75" s="4">
         <v>8000</v>
       </c>
       <c r="J75" s="4">
         <v>8000</v>
       </c>
-      <c r="K75" s="4"/>
-[...1 lines deleted...]
-      <c r="M75" s="4"/>
+      <c r="K75" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L75" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M75" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="76" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B76" s="33" t="s">
         <v>39</v>
       </c>
       <c r="C76" s="33" t="s">
         <v>40</v>
       </c>
       <c r="D76" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F76" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G76" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H76" s="33" t="s">
         <v>21</v>
@@ -3432,141 +3516,153 @@
       </c>
       <c r="C83" s="9">
         <v>1900</v>
       </c>
       <c r="D83" s="9">
         <v>1900</v>
       </c>
       <c r="E83" s="9">
         <v>8000</v>
       </c>
       <c r="F83" s="9">
         <v>8000</v>
       </c>
       <c r="G83" s="9">
         <v>8000</v>
       </c>
       <c r="H83" s="9">
         <v>8000</v>
       </c>
       <c r="I83" s="9">
         <v>8000</v>
       </c>
       <c r="J83" s="9">
         <v>8000</v>
       </c>
-      <c r="K83" s="9"/>
-[...1 lines deleted...]
-      <c r="M83" s="9"/>
+      <c r="K83" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L83" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M83" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="84" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B84" s="23">
-        <f t="shared" ref="B84" si="30">SUM(B79:B83)</f>
+        <f t="shared" ref="B84" si="25">SUM(B79:B83)</f>
         <v>3559</v>
       </c>
       <c r="C84" s="23">
-        <f t="shared" ref="C84" si="31">SUM(C79:C83)</f>
+        <f t="shared" ref="C84" si="26">SUM(C79:C83)</f>
         <v>3584</v>
       </c>
       <c r="D84" s="23">
-        <f t="shared" ref="D84" si="32">SUM(D79:D83)</f>
+        <f t="shared" ref="D84" si="27">SUM(D79:D83)</f>
         <v>3500</v>
       </c>
       <c r="E84" s="23">
-        <f t="shared" ref="E84:J84" si="33">SUM(E81:E83)</f>
+        <f t="shared" ref="E84:K84" si="28">SUM(E81:E83)</f>
         <v>8000</v>
       </c>
       <c r="F84" s="23">
-        <f t="shared" si="33"/>
+        <f t="shared" si="28"/>
         <v>8000</v>
       </c>
       <c r="G84" s="23">
-        <f t="shared" si="33"/>
+        <f t="shared" si="28"/>
         <v>8000</v>
       </c>
       <c r="H84" s="23">
-        <f t="shared" si="33"/>
+        <f t="shared" si="28"/>
         <v>8000</v>
       </c>
       <c r="I84" s="23">
-        <f t="shared" si="33"/>
+        <f t="shared" si="28"/>
         <v>8000</v>
       </c>
       <c r="J84" s="23">
-        <f t="shared" si="33"/>
+        <f t="shared" si="28"/>
         <v>8000</v>
       </c>
       <c r="K84" s="23">
-        <f t="shared" ref="E84:M84" si="34">SUM(K82:K83)</f>
-        <v>0</v>
+        <f t="shared" si="28"/>
+        <v>8000</v>
       </c>
       <c r="L84" s="23">
-        <f t="shared" si="34"/>
-        <v>0</v>
+        <f t="shared" ref="L84:M84" si="29">SUM(L81:L83)</f>
+        <v>8000</v>
       </c>
       <c r="M84" s="23">
-        <f t="shared" si="34"/>
-        <v>0</v>
+        <f t="shared" si="29"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="85" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B85" s="4">
         <v>3500</v>
       </c>
       <c r="C85" s="4">
         <v>3500</v>
       </c>
       <c r="D85" s="4">
         <v>3500</v>
       </c>
       <c r="E85" s="4">
         <v>8000</v>
       </c>
       <c r="F85" s="4">
         <v>8000</v>
       </c>
       <c r="G85" s="4">
         <v>8000</v>
       </c>
       <c r="H85" s="4">
         <v>8000</v>
       </c>
       <c r="I85" s="4">
         <v>8000</v>
       </c>
       <c r="J85" s="4">
         <v>8000</v>
       </c>
-      <c r="K85" s="4"/>
-[...1 lines deleted...]
-      <c r="M85" s="4"/>
+      <c r="K85" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L85" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M85" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="86" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B86" s="33" t="s">
         <v>41</v>
       </c>
       <c r="C86" s="33" t="s">
         <v>42</v>
       </c>
       <c r="D86" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F86" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G86" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H86" s="33" t="s">
         <v>21</v>
@@ -3744,141 +3840,153 @@
       </c>
       <c r="C93" s="9">
         <v>1900</v>
       </c>
       <c r="D93" s="9">
         <v>1900</v>
       </c>
       <c r="E93" s="9">
         <v>8000</v>
       </c>
       <c r="F93" s="9">
         <v>8000</v>
       </c>
       <c r="G93" s="9">
         <v>8000</v>
       </c>
       <c r="H93" s="9">
         <v>8000</v>
       </c>
       <c r="I93" s="9">
         <v>8000</v>
       </c>
       <c r="J93" s="9">
         <v>8000</v>
       </c>
-      <c r="K93" s="9"/>
-[...1 lines deleted...]
-      <c r="M93" s="9"/>
+      <c r="K93" s="9">
+        <v>8000</v>
+      </c>
+      <c r="L93" s="9">
+        <v>8000</v>
+      </c>
+      <c r="M93" s="9">
+        <v>8000</v>
+      </c>
     </row>
     <row r="94" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B94" s="23">
-        <f t="shared" ref="B94" si="35">SUM(B89:B93)</f>
+        <f t="shared" ref="B94" si="30">SUM(B89:B93)</f>
         <v>3548</v>
       </c>
       <c r="C94" s="23">
-        <f t="shared" ref="C94" si="36">SUM(C89:C93)</f>
+        <f t="shared" ref="C94" si="31">SUM(C89:C93)</f>
         <v>3553</v>
       </c>
       <c r="D94" s="23">
-        <f t="shared" ref="D94" si="37">SUM(D89:D93)</f>
+        <f t="shared" ref="D94" si="32">SUM(D89:D93)</f>
         <v>3500</v>
       </c>
       <c r="E94" s="23">
-        <f t="shared" ref="E94:J94" si="38">SUM(E91:E93)</f>
+        <f t="shared" ref="E94:K94" si="33">SUM(E91:E93)</f>
         <v>8000</v>
       </c>
       <c r="F94" s="23">
-        <f t="shared" si="38"/>
+        <f t="shared" si="33"/>
         <v>8000</v>
       </c>
       <c r="G94" s="23">
-        <f t="shared" si="38"/>
+        <f t="shared" si="33"/>
         <v>8000</v>
       </c>
       <c r="H94" s="23">
-        <f t="shared" si="38"/>
+        <f t="shared" si="33"/>
         <v>8000</v>
       </c>
       <c r="I94" s="23">
-        <f t="shared" si="38"/>
+        <f t="shared" si="33"/>
         <v>8000</v>
       </c>
       <c r="J94" s="23">
-        <f t="shared" si="38"/>
+        <f t="shared" si="33"/>
         <v>8000</v>
       </c>
       <c r="K94" s="23">
-        <f t="shared" ref="E94:M94" si="39">SUM(K92:K93)</f>
-        <v>0</v>
+        <f t="shared" si="33"/>
+        <v>8000</v>
       </c>
       <c r="L94" s="23">
-        <f t="shared" si="39"/>
-        <v>0</v>
+        <f t="shared" ref="L94:M94" si="34">SUM(L91:L93)</f>
+        <v>8000</v>
       </c>
       <c r="M94" s="23">
-        <f t="shared" si="39"/>
-        <v>0</v>
+        <f t="shared" si="34"/>
+        <v>8000</v>
       </c>
     </row>
     <row r="95" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B95" s="4">
         <v>3500</v>
       </c>
       <c r="C95" s="4">
         <v>3500</v>
       </c>
       <c r="D95" s="4">
         <v>3500</v>
       </c>
       <c r="E95" s="4">
         <v>8000</v>
       </c>
       <c r="F95" s="4">
         <v>8000</v>
       </c>
       <c r="G95" s="4">
         <v>8000</v>
       </c>
       <c r="H95" s="4">
         <v>8000</v>
       </c>
       <c r="I95" s="4">
         <v>8000</v>
       </c>
       <c r="J95" s="4">
         <v>8000</v>
       </c>
-      <c r="K95" s="4"/>
-[...1 lines deleted...]
-      <c r="M95" s="4"/>
+      <c r="K95" s="4">
+        <v>8000</v>
+      </c>
+      <c r="L95" s="4">
+        <v>8000</v>
+      </c>
+      <c r="M95" s="4">
+        <v>8000</v>
+      </c>
     </row>
     <row r="96" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="32" t="s">
         <v>33</v>
       </c>
       <c r="B96" s="33" t="s">
         <v>43</v>
       </c>
       <c r="C96" s="33" t="s">
         <v>44</v>
       </c>
       <c r="D96" s="33" t="s">
         <v>21</v>
       </c>
       <c r="E96" s="33" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="33" t="s">
         <v>21</v>
       </c>
       <c r="G96" s="33" t="s">
         <v>21</v>
       </c>
       <c r="H96" s="33" t="s">
         <v>21</v>